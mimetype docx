--- v0 (2025-10-15)
+++ v1 (2025-11-04)
@@ -1,10345 +1,294 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
-[...16 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
-[...10178 lines deleted...]
-<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
+</file>
+
+<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
+<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24931"/>
+  <workbookPr defaultThemeVersion="166925"/>
+  <bookViews>
+    <workbookView xWindow="1560" yWindow="1560" windowWidth="10155" windowHeight="4800" activeTab="0"/>
+  </bookViews>
+  <sheets>
+    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
+  </sheets>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+  </extLst>
+</workbook>
+</file>
+
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="11" count="11">
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>NOVEMEBR</t>
+  </si>
+  <si>
+    <t>DESEMBER</t>
+  </si>
+  <si>
+    <t>JANUARI</t>
+  </si>
+  <si>
+    <t>FEBRUARI</t>
+  </si>
+  <si>
+    <t>timu</t>
+  </si>
+  <si>
+    <t>paslaten</t>
+  </si>
+  <si>
+    <t>kaima</t>
+  </si>
+  <si>
+    <t xml:space="preserve">sendangan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">paretey </t>
+  </si>
+  <si>
+    <t>leleko2</t>
+  </si>
+</sst>
+</file>
+
+<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="1">
+    <numFmt numFmtId="0" formatCode="General"/>
+  </numFmts>
+  <fonts count="1">
+    <font>
+      <name val="Calibri"/>
+      <sz val="11"/>
+    </font>
+  </fonts>
+  <fills count="2">
+    <fill>
+      <patternFill patternType="none"/>
+    </fill>
+    <fill>
+      <patternFill patternType="gray125"/>
+    </fill>
+  </fills>
+  <borders count="1">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+  </borders>
+  <cellStyleXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+  </cellStyleXfs>
+  <cellXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+  </cellXfs>
+  <cellStyles count="1">
+    <cellStyle name="常规" xfId="0" builtinId="0"/>
+  </cellStyles>
+  <dxfs count="0"/>
+</styleSheet>
+</file>
+
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -10438,113 +387,183 @@
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...31 lines deleted...]
-</ds:datastoreItem>
+<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M5"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0" topLeftCell="A14">
+      <selection activeCell="H4" sqref="H4"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0" defaultColWidth="10"/>
+  <cols>
+    <col min="1" max="1" customWidth="1" width="11.0" style="0"/>
+    <col min="2" max="2" customWidth="1" width="10.0" style="0"/>
+    <col min="3" max="3" customWidth="1" width="10.0" style="0"/>
+    <col min="4" max="4" customWidth="1" width="10.0" style="0"/>
+    <col min="257" max="16384" width="9" style="0" hidden="0"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="8:8">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E1" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1" t="s">
+        <v>8</v>
+      </c>
+      <c r="G1" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="2" spans="8:8">
+      <c r="A2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2">
+        <v>23.0</v>
+      </c>
+      <c r="C2">
+        <v>98.0</v>
+      </c>
+      <c r="D2">
+        <v>48.0</v>
+      </c>
+      <c r="E2">
+        <v>65.0</v>
+      </c>
+      <c r="F2">
+        <v>12.0</v>
+      </c>
+      <c r="G2">
+        <v>24.0</v>
+      </c>
+    </row>
+    <row r="3" spans="8:8">
+      <c r="A3" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3">
+        <v>34.0</v>
+      </c>
+      <c r="C3">
+        <v>55.0</v>
+      </c>
+      <c r="D3">
+        <v>60.0</v>
+      </c>
+      <c r="E3">
+        <v>18.0</v>
+      </c>
+      <c r="F3">
+        <v>34.0</v>
+      </c>
+      <c r="G3">
+        <v>35.0</v>
+      </c>
+    </row>
+    <row r="4" spans="8:8">
+      <c r="A4" t="s">
+        <v>3</v>
+      </c>
+      <c r="B4">
+        <v>19.0</v>
+      </c>
+      <c r="C4">
+        <v>29.0</v>
+      </c>
+      <c r="D4">
+        <v>30.0</v>
+      </c>
+      <c r="E4">
+        <v>12.0</v>
+      </c>
+      <c r="F4">
+        <v>7.0</v>
+      </c>
+      <c r="G4">
+        <v>27.0</v>
+      </c>
+    </row>
+    <row r="5" spans="8:8">
+      <c r="A5" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5">
+        <v>40.0</v>
+      </c>
+      <c r="C5">
+        <v>40.0</v>
+      </c>
+      <c r="D5">
+        <v>21.0</v>
+      </c>
+      <c r="E5">
+        <v>44.0</v>
+      </c>
+      <c r="F5">
+        <v>12.0</v>
+      </c>
+      <c r="G5">
+        <v>30.0</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...5 lines deleted...]
-  <Application>Microsoft Office Word</Application>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <Application>Kingsoft Office</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>143</Lines>
-[...21 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <ScaleCrop>0</ScaleCrop>
+  <LinksUpToDate>0</LinksUpToDate>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Microsoft Office User</dc:creator>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>jeslin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>